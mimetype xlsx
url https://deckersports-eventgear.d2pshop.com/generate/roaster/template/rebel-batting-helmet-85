--- v0 (2026-01-03)
+++ v1 (2026-02-22)
@@ -12,65 +12,68 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="ROASTER DATA" sheetId="1" r:id="rId1"/>
     <sheet name="INSTRUCTIONS" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Color</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Available Size</t>
+  </si>
+  <si>
+    <t>YOUTH-BELT</t>
   </si>
   <si>
     <t>S/M</t>
   </si>
   <si>
     <t>M/L</t>
   </si>
   <si>
     <t>XL</t>
   </si>
   <si>
     <t>Available Color</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Available Logo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -419,83 +422,88 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:C5"/>
+  <dimension ref="A2:C6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" t="s">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ROASTER DATA</vt:lpstr>